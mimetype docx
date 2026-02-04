--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -7,803 +7,1230 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:body>
-    <w:p w14:paraId="76FBD1EC" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="00000000">
+    <w:p w14:paraId="76FBD1EC" w14:textId="08375499" w:rsidR="003912A0" w:rsidRDefault="00CC28E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-90" w:right="-180"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="5019AD5B" wp14:editId="041C6D5B">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="5019AD5B" wp14:editId="4ACBD32B">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>2822575</wp:posOffset>
+              <wp:posOffset>2869932</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="1212850" cy="645160"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:extent cx="1111785" cy="645160"/>
+            <wp:effectExtent l="0" t="0" r="0" b="2540"/>
             <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
-            <wp:docPr id="1" name="image2.png" descr="UCICS25 Logo"/>
+            <wp:docPr id="1" name="image2.png"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image2.png" descr="UCICS25 Logo"/>
+                    <pic:cNvPr id="1" name="image2.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7"/>
-                    <a:srcRect/>
+                    <a:blip r:embed="rId7" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1212850" cy="645160"/>
+                      <a:ext cx="1111785" cy="645160"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35B14432" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="003912A0">
+    <w:p w14:paraId="35B14432" w14:textId="2B5FF498" w:rsidR="003912A0" w:rsidRDefault="003912A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-90" w:right="-180"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C91F692" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="003912A0">
+    <w:p w14:paraId="6C91F692" w14:textId="2A3471C5" w:rsidR="003912A0" w:rsidRDefault="003912A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-90" w:right="-180"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36AD3906" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="003912A0">
+    <w:p w14:paraId="36AD3906" w14:textId="661B86DE" w:rsidR="003912A0" w:rsidRDefault="003912A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-90" w:right="-180"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E7169EE" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="003912A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-90" w:right="-180"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4FF9A5A1" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="00000000">
+    <w:p w14:paraId="16D80134" w14:textId="77777777" w:rsidR="00A136D8" w:rsidRDefault="00B2571A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-90" w:right="-180"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>UNDERGRADUATE CONFERENCE ON INTELLIGENT COMPUTING AND SYSTEMS (UCICS-2025)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3753E6FB" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="003912A0">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B2571A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>nd</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC28E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UNDERGRADUATE CONFERENCE ON INTELLIGENT COMPUTING AND SYSTEMS </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FF9A5A1" w14:textId="4A0E04B9" w:rsidR="003912A0" w:rsidRDefault="00CC28E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-90" w:right="-180"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="28D10EB1" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="00000000">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(UCICS-202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B2571A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3753E6FB" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="003912A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-90" w:right="-180"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-    <w:p w14:paraId="772D582A" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="003912A0">
+    </w:p>
+    <w:p w14:paraId="28D10EB1" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="00CC28E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-90" w:right="-180"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> COPYRIGHT AND CONSENT FORM</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="772D582A" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="003912A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-90" w:right="-180"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="219C487C" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="00000000">
+    <w:p w14:paraId="219C487C" w14:textId="5C81F8B5" w:rsidR="003912A0" w:rsidRDefault="00CC28E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-90" w:right="-180"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>To ensure uniformity of treatment among all contributors, other forms may not be substituted for this form, nor may any wording of the form be changed. This form is intended for original material submitted to the UCICS-2025 and must accompany any such material to be published by the UCICS-2025.  Please read the form carefully and keep a copy for your files.</w:t>
+        <w:t xml:space="preserve">To ensure uniformity of treatment among all contributors, other forms may not be substituted for this form, nor may any wording of the form be </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>changed. This form is intended for original material submitted to the UCICS-202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B2571A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and must accompany any such material to be published by the UCICS-202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B2571A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.  Please read the form carefully and keep a copy for your files.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03956F07" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="003912A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-90" w:right="-180"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16D118F1" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="00000000">
+    <w:p w14:paraId="16D118F1" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="00CC28E0">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="360" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="-90" w:right="-180"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>TITLE OF PAPER:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EB68E45" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6EB68E45" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="00CC28E0">
       <w:pPr>
         <w:spacing w:after="360" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="-90" w:right="-180"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">COMPLETE LIST OF AUTHORS: </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6C7CDA29" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="00000000">
+        <w:t>COMPLETE LIST OF AUTHO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">RS: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C7CDA29" w14:textId="708CF1C7" w:rsidR="003912A0" w:rsidRDefault="00CC28E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="-90" w:right="-180"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_gjdgxs" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>UCICS PUBLICATION TITLE: Undergraduate Conference on Intelligent Computing and Systems (UCICS)</w:t>
+        <w:t xml:space="preserve">UCICS PUBLICATION TITLE: </w:t>
+      </w:r>
+      <w:r w:rsidR="00B2571A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00B2571A" w:rsidRPr="00B2571A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>nd</w:t>
+      </w:r>
+      <w:r w:rsidR="00B2571A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Undergraduate </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Conference on Intelligent Computing and Systems (UCICS)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="466E4F01" w14:textId="0ECF5C63" w:rsidR="003912A0" w:rsidRDefault="003912A0" w:rsidP="002B4C00">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-180"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10D9C21E" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="00000000">
+    <w:p w14:paraId="10D9C21E" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="00CC28E0">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-90" w:right="-180"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>COPYRIGHT TRANSFER</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CF8A9D4" w14:textId="2B353591" w:rsidR="003912A0" w:rsidRPr="00057AFA" w:rsidRDefault="00000000" w:rsidP="00057AFA">
+    <w:p w14:paraId="0CF8A9D4" w14:textId="16BB4E03" w:rsidR="003912A0" w:rsidRPr="00057AFA" w:rsidRDefault="00CC28E0" w:rsidP="00057AFA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-180"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057AFA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">The undersigned hereby assigns to The Undergraduate Conference on Intelligent Computing and Systems, Incorporated (the “UCICS”) all rights under copyright that may exist in and to: (a) the above Work, including any revised or expanded derivative works submitted to the UCICS-2025 by the undersigned based on the Work; and (b) </w:t>
+        <w:t xml:space="preserve">The undersigned hereby assigns to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00057AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00057AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B2571A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00B2571A" w:rsidRPr="00B2571A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>nd</w:t>
+      </w:r>
+      <w:r w:rsidR="00B2571A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Undergraduate </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00057AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Conference on Intelligent Computing and Systems, Incorporated (the “UCICS”) all rights under copyright that may exist in and to: (a) the above Work, including any revised or expanded derivative works subm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00057AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>itted to the UCICS-</w:t>
+      </w:r>
+      <w:r w:rsidR="00B2571A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00057AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by the undersigned based on the Work; and (b) </w:t>
       </w:r>
       <w:r w:rsidRPr="00057AFA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>any associated written or multimedia components or other enhancements accompanying the Work.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A97F4F2" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="003912A0">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-180"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="729CB3F7" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="003912A0">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-90" w:right="-180"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00B0F296" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00B0F296" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="00CC28E0">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-90" w:right="-180"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>CONSENT AND RELEASE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F570EAE" w14:textId="4F1B63B8" w:rsidR="003912A0" w:rsidRPr="00057AFA" w:rsidRDefault="00000000" w:rsidP="00057AFA">
+    <w:p w14:paraId="1F570EAE" w14:textId="2E69C29B" w:rsidR="003912A0" w:rsidRPr="00057AFA" w:rsidRDefault="00CC28E0" w:rsidP="00057AFA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-270"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057AFA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">In the event the undersigned makes a presentation based upon the Work at a conference hosted or sponsored in whole or in part by the UCICS-2025, the undersigned, in consideration for his/her participation in the conference, hereby grants the UCICS-2025 the unlimited, worldwide, irrevocable permission to use, distribute, publish, license, exhibit, record, digitize, broadcast, reproduce and archive, in any format or medium, whether now known or hereafter developed: (a) his/her presentation and comments at the conference; (b) </w:t>
+        <w:t>In the event the undersigned makes a presentation based upon the Work at a conference hosted or sponsored in whole or in part by the UCICS-</w:t>
+      </w:r>
+      <w:r w:rsidR="00B2571A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2026</w:t>
       </w:r>
       <w:r w:rsidRPr="00057AFA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, the undersigned, in consideration for his/her participation in the conference, hereby grants the UCICS-</w:t>
+      </w:r>
+      <w:r w:rsidR="00B2571A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00057AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00057AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> unlimited, worldwide, irrevocable permission to use, distribute, publish, license, exhibit, record, digitize, broadcast, reproduce and archive, in any format or medium, whether now known or hereafter developed: (a) his/her presentation and comments at the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00057AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> conference; (b) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00057AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>any written materials or multimedia files used in connection with his/her presentation;</w:t>
       </w:r>
       <w:r w:rsidRPr="00057AFA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and (c) any recorded interviews of him/her (collectively, the “Presentation”).  The permission granted includes the transcription and reproduction of the Presentation for inclusion in products sold or distributed by UCICS-2025 and live or recorded broadcast of the Presentation during or after the conference.</w:t>
+        <w:t xml:space="preserve"> and (c) any recorded interviews of him/her (collectively, the “Presentation”).  The permission granted includes the transcription and reproduction of t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00057AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>he Presentation for inclusion in products sold or distributed by UCICS-</w:t>
+      </w:r>
+      <w:r w:rsidR="00B2571A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00057AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and live or recorded broadcast of the Presentation during or after the conference.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69DAE6CD" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="003912A0">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-270"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0DD537A8" w14:textId="1516B338" w:rsidR="003912A0" w:rsidRPr="00057AFA" w:rsidRDefault="00000000" w:rsidP="00057AFA">
+    <w:p w14:paraId="0DD537A8" w14:textId="14C820B9" w:rsidR="003912A0" w:rsidRPr="00057AFA" w:rsidRDefault="00CC28E0" w:rsidP="00057AFA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-270"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057AFA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>The undersigned hereby warrants that the Work and Presentation (collectively, the “Materials”) are original and that he/she is the author of the Materials. To the extent the Materials incorporate text passages, figures, data, or other material from the works of others, the undersigned has obtained any necessary permissions.  Where necessary, the undersigned has obtained all third-party permissions and consents to grant the license above and has provided copies of such permissions and consents to UCICS-2025.</w:t>
+        <w:t>The undersigned hereby warrants that the Work and Presentation (collectively, the “Materials”) a</w:t>
       </w:r>
       <w:r w:rsidRPr="00057AFA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>re original and that he/she is the author of the Materials. To the extent the Materials incorporate text passages, figures, data, or other material from the works of others, the undersigned has obtained any necessary permissions.  Where necessary, the unde</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00057AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>rsigned has obtained all third-party permissions and consents to grant the license above and has provided copies of such permissions and consents to UCICS-</w:t>
+      </w:r>
+      <w:r w:rsidR="00B2571A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00057AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00057AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47C4D67D" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="00000000">
+    <w:p w14:paraId="47C4D67D" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="00CC28E0">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="270" w:hanging="270"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Please check this box if you do not wish to have video/audio recordings made of your conference presentation.</w:t>
+        <w:t>Please check this box if you do not wish to have video/audio recordings made of your conferenc</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>e presentation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79042944" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="003912A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-270"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2FB0178E" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2FB0178E" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="00CC28E0">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-270"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>GENERAL TERMS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11847430" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="00000000">
+    <w:p w14:paraId="11847430" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="00CC28E0">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="180" w:right="-270" w:hanging="180"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The undersigned represents that he/she has the power and authority to make and execute this assignment.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="216A017F" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="00000000">
+    <w:p w14:paraId="216A017F" w14:textId="69A526FC" w:rsidR="003912A0" w:rsidRDefault="00CC28E0">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="180" w:right="-270" w:hanging="180"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>The undersigned agrees to indemnify and hold harmless the UCICS-2025 from any damage or expense that may arise in the event of a breach of any of the warranties set forth above.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7AC8377B" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="00000000">
+        <w:t>The undersigned agrees to indemnify and hold harmless the UCICS-</w:t>
+      </w:r>
+      <w:r w:rsidR="00B2571A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from any damage or expense that may arise in the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>event of a breach of any of the warranties set forth above.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AC8377B" w14:textId="15DF3304" w:rsidR="003912A0" w:rsidRDefault="00CC28E0">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="180" w:right="-270" w:hanging="180"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>In the event the above work is not accepted and published by the UCICS-2025 or is withdrawn by the author(s) before acceptance</w:t>
+        <w:t>In the event the above work is not accepted and published by the UCICS-</w:t>
+      </w:r>
+      <w:r w:rsidR="00B2571A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or is withdrawn by the author(s) before acceptance</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>by the UCICS-2025, the foregoing copyright transfer shall become null and void and all materials embodying the Work submitted to the UCICS-2025 will be destroyed.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6E055B6C" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="00000000">
+        <w:t>by the UCICS-</w:t>
+      </w:r>
+      <w:r w:rsidR="00B2571A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, the foregoing copyright transfer shall become null</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and void and all materials embodying the Work submitted to the UCICS-</w:t>
+      </w:r>
+      <w:r w:rsidR="00B2571A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be destroyed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E055B6C" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="00CC28E0">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="180" w:right="-270" w:hanging="180"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>For jointly authored Works, all joint authors should sign, or one of the authors should sign as authorized agent for the others.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E91343F" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="003912A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-270"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="038E3207" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="003912A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-270"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0121E18E" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="003912A0">
+    <w:p w14:paraId="0BD6C21B" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="003912A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-270"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0BD6C21B" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="003912A0">
+    <w:p w14:paraId="48E13E28" w14:textId="7E076198" w:rsidR="003912A0" w:rsidRDefault="003912A0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-270"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48E13E28" w14:textId="7E076198" w:rsidR="003912A0" w:rsidRDefault="003912A0">
+    <w:p w14:paraId="041A5A4A" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="00CC28E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-270"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:ind w:right="-270"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> ___________________________</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> __________________________________________________________</w:t>
+        <w:t>_______________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">                                                          ___________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02068B46" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="00000000">
+    <w:p w14:paraId="02068B46" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="00CC28E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="270" w:right="-270" w:hanging="270"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Author/Authorized Agent for Joint Authors</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -817,97 +1244,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
         <w:t xml:space="preserve">                                        Date</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="003912A0">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="even" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="360" w:right="720" w:bottom="720" w:left="720" w:header="706" w:footer="706" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5597792C" w14:textId="77777777" w:rsidR="009E45BF" w:rsidRDefault="009E45BF">
+    <w:p w14:paraId="46251B98" w14:textId="77777777" w:rsidR="00CC28E0" w:rsidRDefault="00CC28E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="230EE0C9" w14:textId="77777777" w:rsidR="009E45BF" w:rsidRDefault="009E45BF">
+    <w:p w14:paraId="5F67B091" w14:textId="77777777" w:rsidR="00CC28E0" w:rsidRDefault="00CC28E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:font w:name="Noto Sans Symbols">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -916,192 +1351,192 @@
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Vrinda">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00010003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:p w14:paraId="58D165DB" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="003912A0">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="73532C9A" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="00000000">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+  <w:p w14:paraId="73532C9A" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="00CC28E0">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:p w14:paraId="15D902A1" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="003912A0">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7FB69B9D" w14:textId="77777777" w:rsidR="009E45BF" w:rsidRDefault="009E45BF">
+    <w:p w14:paraId="5A3C708A" w14:textId="77777777" w:rsidR="00CC28E0" w:rsidRDefault="00CC28E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1D92E6BD" w14:textId="77777777" w:rsidR="009E45BF" w:rsidRDefault="009E45BF">
+    <w:p w14:paraId="77AB0758" w14:textId="77777777" w:rsidR="00CC28E0" w:rsidRDefault="00CC28E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:p w14:paraId="657B6AB7" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="003912A0">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:p w14:paraId="58011886" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="003912A0">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="3D16B2F5" w14:textId="77777777" w:rsidR="003912A0" w:rsidRDefault="003912A0">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
@@ -1119,61 +1554,61 @@
     </w:pPr>
   </w:p>
   <w:p w14:paraId="2ADC3886" w14:textId="25E69FE2" w:rsidR="003912A0" w:rsidRDefault="003912A0">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:p w14:paraId="5FAA8DBE" w14:textId="77777777" w:rsidR="00466A44" w:rsidRDefault="00466A44">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0EDC3968"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F45881C6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -1443,125 +1878,128 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="314337802">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="51007811">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1803034204">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+  <w:zoom w:percent="150"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003912A0"/>
     <w:rsid w:val="00057AFA"/>
     <w:rsid w:val="002B4C00"/>
     <w:rsid w:val="003912A0"/>
     <w:rsid w:val="00466A44"/>
     <w:rsid w:val="007C5279"/>
     <w:rsid w:val="008F765F"/>
     <w:rsid w:val="009E45BF"/>
+    <w:rsid w:val="00A136D8"/>
+    <w:rsid w:val="00B2571A"/>
     <w:rsid w:val="00BA4724"/>
+    <w:rsid w:val="00CC28E0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="bn-IN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="20571AAC"/>
   <w15:docId w15:val="{C3ECE080-7914-45EC-9FB5-FF3320B1A858}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="bn-IN"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2140,51 +2578,51 @@
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008F765F"/>
     <w:rPr>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -2472,49 +2910,50 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>535</Words>
-  <Characters>3055</Characters>
+  <Words>537</Words>
+  <Characters>3065</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>25</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3583</CharactersWithSpaces>
+  <CharactersWithSpaces>3595</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Asadujjaman Asad</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>